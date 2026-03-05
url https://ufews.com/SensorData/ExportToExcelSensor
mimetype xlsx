--- v0 (2025-10-22)
+++ v1 (2026-03-05)
@@ -4,337 +4,310 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sensor Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="257" uniqueCount="257">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="253" uniqueCount="253">
   <si>
     <t>Station ID</t>
   </si>
   <si>
     <t>Location Name</t>
   </si>
   <si>
     <t>Timestamp</t>
   </si>
   <si>
     <t>Location Type</t>
   </si>
   <si>
     <t>Water Level (m)</t>
   </si>
   <si>
     <t>Percentage Water (%)</t>
   </si>
   <si>
     <t>GUFEW001</t>
   </si>
   <si>
     <t>Mahuesugharpur Shakti Ngr Clny</t>
   </si>
   <si>
-    <t>22/10/2025 6:25 PM</t>
+    <t>06/03/2026 1:35 AM</t>
   </si>
   <si>
     <t>Nala</t>
   </si>
   <si>
     <t>GUFEW002</t>
   </si>
   <si>
     <t>Basantpur Nala</t>
   </si>
   <si>
     <t>GUFEW003</t>
   </si>
   <si>
     <t>Bharwalia</t>
   </si>
   <si>
-    <t>22/10/2025 6:05 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>Hotspot</t>
   </si>
   <si>
     <t>GUFEW004</t>
   </si>
   <si>
     <t>Qazipur Khurd Nala</t>
   </si>
   <si>
     <t>GUFEW005</t>
   </si>
   <si>
     <t>Bade Kajipur</t>
   </si>
   <si>
-    <t>22/10/2025 6:10 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW006</t>
   </si>
   <si>
     <t>Dharmshala Bazar Nala</t>
   </si>
   <si>
     <t>GUFEW007</t>
   </si>
   <si>
     <t>Betiyahata Pumping Station</t>
   </si>
   <si>
-    <t>22/10/2025 6:20 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW008</t>
   </si>
   <si>
     <t>Khorabar Nala</t>
   </si>
   <si>
     <t>GUFEW009</t>
   </si>
   <si>
     <t>Durgabadi Road, Kalyanpur</t>
   </si>
   <si>
-    <t>22/10/2025 6:26 PM</t>
+    <t>23/02/2026 5:40 PM</t>
   </si>
   <si>
     <t>GUFEW010</t>
   </si>
   <si>
     <t>Harhwa Fatak Road, Basharatpur</t>
   </si>
   <si>
     <t>GUFEW011</t>
   </si>
   <si>
     <t>Ramjankinagar Road</t>
   </si>
   <si>
     <t>GUFEW012</t>
   </si>
   <si>
     <t>Shivpuri Colony</t>
   </si>
   <si>
-    <t>07/09/2025 2:30 PM</t>
+    <t>06/03/2026 1:55 AM</t>
   </si>
   <si>
     <t>GUFEW013</t>
   </si>
   <si>
     <t>Narmal Taxi Stand, Raiganj</t>
   </si>
   <si>
     <t>03/09/2025 9:10 AM</t>
   </si>
   <si>
     <t>GUFEW014</t>
   </si>
   <si>
     <t>Taramandal</t>
   </si>
   <si>
     <t>GUFEW015</t>
   </si>
   <si>
     <t>Abakari Office</t>
   </si>
   <si>
     <t>GUFEW016</t>
   </si>
   <si>
     <t>Ghasikatra Road, Rahmat Nagar</t>
   </si>
   <si>
-    <t>22/10/2025 2:40 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW017</t>
   </si>
   <si>
     <t>Bargadwa Nala, Rajendra Nagar</t>
   </si>
   <si>
     <t>GUFEW018</t>
   </si>
   <si>
     <t>Samaymata Mandir Road</t>
   </si>
   <si>
     <t>GUFEW019</t>
   </si>
   <si>
     <t>SC Bose Nagar Colony 2</t>
   </si>
   <si>
     <t>GUFEW020</t>
   </si>
   <si>
     <t>Inlet to Ramgarh Tal</t>
   </si>
   <si>
-    <t>09/10/2025 2:45 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW021</t>
   </si>
   <si>
     <t>Tiwaripur Thana Road</t>
   </si>
   <si>
-    <t>22/10/2025 2:05 PM</t>
+    <t>17/11/2025 10:00 AM</t>
   </si>
   <si>
     <t>Overflow</t>
   </si>
   <si>
     <t>GUFEW022</t>
   </si>
   <si>
     <t>Patel Chowk, Shakti Ngr Colony</t>
   </si>
   <si>
     <t>GUFEW023</t>
   </si>
   <si>
     <t>Bobina Road, Hazaripur</t>
   </si>
   <si>
     <t>GUFEW024</t>
   </si>
   <si>
     <t>Jafhar Colony, Mohanlalpur</t>
   </si>
   <si>
-    <t>22/10/2025 6:01 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW025</t>
   </si>
   <si>
     <t>Jail Bypass Road</t>
   </si>
   <si>
     <t>05/09/2025 1:20 AM</t>
   </si>
   <si>
     <t>GUFEW026</t>
   </si>
   <si>
     <t>Kasya Road, Judges Colony</t>
   </si>
   <si>
     <t>GUFEW027</t>
   </si>
   <si>
     <t>Nizampur</t>
   </si>
   <si>
-    <t>22/10/2025 6:00 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW028</t>
   </si>
   <si>
     <t>Nautanwa Road</t>
   </si>
   <si>
     <t>GUFEW029</t>
   </si>
   <si>
     <t>Kachari Bus Stand Road</t>
   </si>
   <si>
-    <t>05/10/2025 1:30 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW030</t>
   </si>
   <si>
     <t>Chaksa Hussain Pachperwa</t>
   </si>
   <si>
     <t>GUFEW031</t>
   </si>
   <si>
     <t>Padri Bazar, Bank Colony</t>
   </si>
   <si>
     <t>GUFEW032</t>
   </si>
   <si>
     <t>Rajbi Road, Avas Vikas Colony</t>
   </si>
   <si>
     <t>GUFEW033</t>
   </si>
   <si>
     <t>Rama Tower, Betiahata</t>
   </si>
   <si>
+    <t>25/01/2026 12:05 AM</t>
+  </si>
+  <si>
     <t>GUFEW034</t>
   </si>
   <si>
     <t>Surajkund Colony / CA77</t>
   </si>
   <si>
-    <t>22/10/2025 6:15 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW035</t>
   </si>
   <si>
     <t>Aditya Nagar, Surajkund Colony</t>
   </si>
   <si>
-    <t>22/10/2025 6:14 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW036</t>
   </si>
   <si>
     <t>Badgu Road, Prayagpuram Colony</t>
   </si>
   <si>
     <t>GUFEW037</t>
   </si>
   <si>
     <t>Rasoolpur Nala, Gorakhnath</t>
   </si>
   <si>
     <t>GUFEW038</t>
   </si>
   <si>
     <t>Bade Kajipur Hotspot</t>
   </si>
   <si>
     <t>GUFEW039</t>
   </si>
   <si>
     <t>Park Road, Bilandpur</t>
   </si>
   <si>
     <t>16/06/2025 8:15 PM</t>
@@ -372,50 +345,53 @@
   <si>
     <t>Bargaon</t>
   </si>
   <si>
     <t>19/06/2025 6:15 PM</t>
   </si>
   <si>
     <t>GUFEW045</t>
   </si>
   <si>
     <t>Chaudhary Gali, Qazipur Khurd</t>
   </si>
   <si>
     <t>GUFEW046</t>
   </si>
   <si>
     <t>Jharwa</t>
   </si>
   <si>
     <t>GUFEW047</t>
   </si>
   <si>
     <t>Mahui Sugharpur / Fulwariya</t>
   </si>
   <si>
+    <t>28/02/2026 6:15 PM</t>
+  </si>
+  <si>
     <t>GUFEW048</t>
   </si>
   <si>
     <t>Basharatpura Nr. Ashoknagar PS</t>
   </si>
   <si>
     <t>GUFEW049</t>
   </si>
   <si>
     <t>Hp defense academy</t>
   </si>
   <si>
     <t>GUFEW050</t>
   </si>
   <si>
     <t>Rail Vihar Colony Ph 3 R. Pond</t>
   </si>
   <si>
     <t>GUFEW051</t>
   </si>
   <si>
     <t>Haridwarpuram Hotspot</t>
   </si>
   <si>
     <t>GUFEW052</t>
@@ -423,50 +399,53 @@
   <si>
     <t>Ashok Nagar Nala</t>
   </si>
   <si>
     <t>19/06/2025 11:30 AM</t>
   </si>
   <si>
     <t>GUFEW053</t>
   </si>
   <si>
     <t>Ramjanakinagar / Ganga Tola</t>
   </si>
   <si>
     <t>GUFEW054</t>
   </si>
   <si>
     <t>Ramjanki Nagar Hotspot</t>
   </si>
   <si>
     <t>GUFEW055</t>
   </si>
   <si>
     <t>Surajkund Colony Green City PS</t>
   </si>
   <si>
+    <t>14/11/2025 4:16 AM</t>
+  </si>
+  <si>
     <t>GUFEW056</t>
   </si>
   <si>
     <t>Swarna City</t>
   </si>
   <si>
     <t>GUFEW057</t>
   </si>
   <si>
     <t>Geeta Vatika Road, Shahpur</t>
   </si>
   <si>
     <t>GUFEW058</t>
   </si>
   <si>
     <t>Rajnagar Pumping Station</t>
   </si>
   <si>
     <t>GUFEW059</t>
   </si>
   <si>
     <t>Basharatpur Hotspot</t>
   </si>
   <si>
     <t>GUFEW060</t>
@@ -477,348 +456,357 @@
   <si>
     <t>GUFEW061</t>
   </si>
   <si>
     <t>Raneedeeh, Raptinagar Ph-4</t>
   </si>
   <si>
     <t>GUFEW062</t>
   </si>
   <si>
     <t>Bhagwati Chauraha</t>
   </si>
   <si>
     <t>GUFEW063</t>
   </si>
   <si>
     <t>Lal Diggi Nala</t>
   </si>
   <si>
     <t>GUFEW065</t>
   </si>
   <si>
     <t>Ghosipurwa</t>
   </si>
   <si>
+    <t>05/03/2026 1:30 PM</t>
+  </si>
+  <si>
     <t>GUFEW066</t>
   </si>
   <si>
     <t>Panchavati Apartment, Daudpur</t>
   </si>
   <si>
-    <t>22/10/2025 6:02 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW067</t>
   </si>
   <si>
     <t>Digvijay Nagar Basharatpur W</t>
   </si>
   <si>
     <t>GUFEW068</t>
   </si>
   <si>
     <t>Basharatpur West, Ramjanki Ngr</t>
   </si>
   <si>
     <t>GUFEW069</t>
   </si>
   <si>
     <t>Ashoknagar Hotspot</t>
   </si>
   <si>
     <t>GUFEW071</t>
   </si>
   <si>
     <t>Professor Colony Basharatpur W</t>
   </si>
   <si>
     <t>GUFEW072</t>
   </si>
   <si>
     <t>Vishnupuram colony</t>
   </si>
   <si>
     <t>GUFEW073</t>
   </si>
   <si>
     <t>Shatabdipuram</t>
   </si>
   <si>
     <t>GUFEW074</t>
   </si>
   <si>
     <t>Khokhar Tola, Rahmat Nagar</t>
   </si>
   <si>
-    <t>18/10/2025 6:05 AM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW075</t>
   </si>
   <si>
     <t>Jhankar Cine. Rd Minara Masjid</t>
   </si>
   <si>
     <t>GUFEW077</t>
   </si>
   <si>
     <t>Vijay Cinema Road</t>
   </si>
   <si>
-    <t>11/10/2025 4:30 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW078</t>
   </si>
   <si>
     <t>Vasundharanagar Pumping Stn.</t>
   </si>
   <si>
     <t>GUFEW079</t>
   </si>
   <si>
     <t>Mandi Road, Mahuesugharpur</t>
   </si>
   <si>
-    <t>22/10/2025 6:07 PM</t>
+    <t>24/02/2026 10:30 AM</t>
   </si>
   <si>
     <t>GUFEW080</t>
   </si>
   <si>
     <t>Akshaibar Singh Marg</t>
   </si>
   <si>
     <t>GUFEW081</t>
   </si>
   <si>
     <t>Police Chowki, Asuran</t>
   </si>
   <si>
     <t>GUFEW083</t>
   </si>
   <si>
     <t>Polytechnic Chauraha SonauliRd</t>
   </si>
   <si>
     <t>GUFEW084</t>
   </si>
   <si>
     <t>Bhagat Chauraha, Taramandal Rd</t>
   </si>
   <si>
-    <t>22/10/2025 5:45 PM</t>
-[...1 lines deleted...]
-  <si>
     <t>GUFEW085</t>
   </si>
   <si>
     <t>SC Bose Colony 1</t>
   </si>
   <si>
     <t>GUFEW101</t>
   </si>
   <si>
     <t>Rapti</t>
   </si>
   <si>
+    <t>06/03/2026 1:15 AM</t>
+  </si>
+  <si>
     <t>River</t>
   </si>
   <si>
     <t>GUFEW102</t>
   </si>
   <si>
     <t>Rohini</t>
   </si>
   <si>
-    <t>22/10/2025 5:59 PM</t>
+    <t>05/03/2026 11:44 PM</t>
   </si>
   <si>
     <t>GUFEW133</t>
   </si>
   <si>
     <t>Bahrampur Pumping Station</t>
   </si>
   <si>
     <t>07/06/2025 10:01 AM</t>
   </si>
   <si>
     <t>Pump_Station_Sump_Well</t>
   </si>
   <si>
     <t>GUFEW134</t>
   </si>
   <si>
     <t>Basantpur Pumping Station</t>
   </si>
   <si>
     <t>04/09/2025 6:55 PM</t>
   </si>
   <si>
     <t>GUFEW128</t>
   </si>
   <si>
     <t>Hansupur Pumping Station</t>
   </si>
   <si>
     <t>22/09/2025 4:13 PM</t>
   </si>
   <si>
     <t>GUFEW135</t>
   </si>
   <si>
     <t>Ghasiyadi Pumping Station</t>
   </si>
   <si>
     <t>25/09/2025 4:35 PM</t>
   </si>
   <si>
     <t>GUFEW125</t>
   </si>
   <si>
     <t>Basiyadih Pumping Station</t>
   </si>
   <si>
     <t>04/10/2025 4:09 PM</t>
   </si>
   <si>
+    <t>GUFEW139</t>
+  </si>
+  <si>
+    <t>Mahewa Kataniya Pumping Stn.</t>
+  </si>
+  <si>
+    <t>01/11/2025 10:47 PM</t>
+  </si>
+  <si>
+    <t>GUFEW122</t>
+  </si>
+  <si>
+    <t>Domingarh Pumping Station</t>
+  </si>
+  <si>
+    <t>13/11/2025 2:22 AM</t>
+  </si>
+  <si>
+    <t>GUFEW138</t>
+  </si>
+  <si>
+    <t>Mahewa Chunggi Pumping Station</t>
+  </si>
+  <si>
+    <t>18/11/2025 7:39 AM</t>
+  </si>
+  <si>
+    <t>GUFEW121</t>
+  </si>
+  <si>
+    <t>Ilahibag Pumping Station</t>
+  </si>
+  <si>
+    <t>09/12/2025 8:49 PM</t>
+  </si>
+  <si>
+    <t>GUFEW136</t>
+  </si>
+  <si>
+    <t>Dharmashala Bazar Pumping Stn.</t>
+  </si>
+  <si>
+    <t>28/12/2025 1:54 AM</t>
+  </si>
+  <si>
+    <t>GUFEW124</t>
+  </si>
+  <si>
+    <t>Lal Diggi Pumping Station</t>
+  </si>
+  <si>
+    <t>02/01/2026 11:03 AM</t>
+  </si>
+  <si>
+    <t>GUFEW137</t>
+  </si>
+  <si>
+    <t>Transport Ngr Pumping Station</t>
+  </si>
+  <si>
+    <t>09/02/2026 1:30 AM</t>
+  </si>
+  <si>
+    <t>GUFEW131</t>
+  </si>
+  <si>
+    <t>SC Bose Pumping Station</t>
+  </si>
+  <si>
+    <t>06/03/2026 1:50 AM</t>
+  </si>
+  <si>
     <t>GUFEW123</t>
   </si>
   <si>
     <t>Mirzapur Pumping Station</t>
   </si>
   <si>
-    <t>22/10/2025 6:04 PM</t>
-[...11 lines deleted...]
-    <t>Lal Diggi Pumping Station</t>
+    <t>06/03/2026 1:53 AM</t>
   </si>
   <si>
     <t>GUFEW126</t>
   </si>
   <si>
     <t>Teen Ghar Phulia Pumping Stn.</t>
   </si>
   <si>
-    <t>22/10/2025 6:22 PM</t>
+    <t>06/03/2026 1:54 AM</t>
   </si>
   <si>
     <t>GUFEW127</t>
   </si>
   <si>
     <t>Om Nagar Pumping Station</t>
   </si>
   <si>
-    <t>GUFEW136</t>
-[...5 lines deleted...]
-    <t>22/10/2025 6:17 PM</t>
+    <t>GUFEW129</t>
+  </si>
+  <si>
+    <t>Bhediyagarh Pumping Station</t>
+  </si>
+  <si>
+    <t>GUFEW130</t>
+  </si>
+  <si>
+    <t>Rasulpur Bhatta Pumping Stn.</t>
   </si>
   <si>
     <t>GUFEW140</t>
   </si>
   <si>
     <t>Ashok Nagar / Vishnupuram PS</t>
   </si>
   <si>
     <t>GUFEW141</t>
   </si>
   <si>
     <t>Gaderiya / Sree Ram Nagar PS</t>
   </si>
   <si>
-    <t>GUFEW122</t>
-[...11 lines deleted...]
-    <t>Bhediyagarh Pumping Station</t>
+    <t>06/03/2026 1:52 AM</t>
   </si>
   <si>
     <t>GUFEW132</t>
   </si>
   <si>
     <t>Ramnagar Pumping Station</t>
   </si>
   <si>
-    <t>22/10/2025 6:09 PM</t>
-[...35 lines deleted...]
-    <t>Mahewa Kataniya Pumping Stn.</t>
+    <t>04/03/2026 4:07 AM</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -834,2603 +822,2143 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:F128"/>
+  <dimension ref="A1:F105"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.690690994262695" customWidth="1"/>
     <col min="2" max="2" width="30.892139434814453" customWidth="1"/>
     <col min="3" max="3" width="20.137676239013672" customWidth="1"/>
     <col min="4" max="4" width="24.23505210876465" customWidth="1"/>
     <col min="5" max="5" width="15.033602714538574" customWidth="1"/>
     <col min="6" max="6" width="20.288066864013672" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D2" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E2" s="0">
-        <v>0.53</v>
+        <v>0.67</v>
       </c>
       <c r="F2" s="0">
-        <v>25.93</v>
+        <v>33.22</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
         <v>10</v>
       </c>
       <c r="B3" s="0" t="s">
         <v>11</v>
       </c>
       <c r="C3" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="0">
-        <v>1.92</v>
+        <v>2.79</v>
       </c>
       <c r="F3" s="0">
-        <v>23.96</v>
+        <v>34.88</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>13</v>
       </c>
       <c r="C4" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="D4" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E4" s="0">
-        <v>0.41</v>
+        <v>0.42</v>
       </c>
       <c r="F4" s="0">
-        <v>80.08</v>
+        <v>82.08</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B5" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C5" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D5" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E5" s="0">
-        <v>0.91</v>
+        <v>0.97</v>
       </c>
       <c r="F5" s="0">
-        <v>79.52</v>
+        <v>84.84</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="0" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D6" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E6" s="0">
-        <v>0.27</v>
+        <v>0.39</v>
       </c>
       <c r="F6" s="0">
-        <v>11.64</v>
+        <v>16.67</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>21</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="C7" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D7" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E7" s="0">
-        <v>0.96</v>
+        <v>0.98</v>
       </c>
       <c r="F7" s="0">
-        <v>77.97</v>
+        <v>79.58</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D8" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E8" s="0">
-        <v>0.11</v>
+        <v>0.2</v>
       </c>
       <c r="F8" s="0">
-        <v>34.86</v>
+        <v>64.52</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="0">
-        <v>3.21</v>
+        <v>3.2</v>
       </c>
       <c r="F9" s="0">
-        <v>64.2</v>
+        <v>63.91</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>25</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D10" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E10" s="0">
-        <v>0.41</v>
+        <v>0.42</v>
       </c>
       <c r="F10" s="0">
-        <v>43.62</v>
+        <v>45.03</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>29</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D11" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E11" s="0">
-        <v>0.4</v>
+        <v>0.1</v>
       </c>
       <c r="F11" s="0">
-        <v>42.55</v>
+        <v>7.93</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="B12" s="0" t="s">
         <v>31</v>
       </c>
-      <c r="B12" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C12" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D12" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E12" s="0">
-        <v>0.4</v>
+        <v>0.62</v>
       </c>
       <c r="F12" s="0">
-        <v>31.67</v>
+        <v>47.75</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>32</v>
+      </c>
+      <c r="B13" s="0" t="s">
         <v>33</v>
       </c>
-      <c r="B13" s="0" t="s">
+      <c r="C13" s="0" t="s">
         <v>34</v>
       </c>
-      <c r="C13" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D13" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E13" s="0">
-        <v>0.59</v>
+        <v>0.36</v>
       </c>
       <c r="F13" s="0">
-        <v>45.26</v>
+        <v>44.66</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>35</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>36</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E14" s="0">
-        <v>0.7</v>
+        <v>0.71</v>
       </c>
       <c r="F14" s="0">
-        <v>86.1</v>
+        <v>47.33</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>38</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>39</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>40</v>
+        <v>8</v>
       </c>
       <c r="D15" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E15" s="0">
-        <v>0.71</v>
+        <v>0.78</v>
       </c>
       <c r="F15" s="0">
-        <v>47.33</v>
+        <v>74.4</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="B16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C16" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E16" s="0">
-        <v>0.93</v>
+        <v>0.19</v>
       </c>
       <c r="F16" s="0">
-        <v>88.67</v>
+        <v>23.67</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="B17" s="0" t="s">
         <v>43</v>
       </c>
-      <c r="B17" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C17" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E17" s="0">
-        <v>0.08</v>
+        <v>0.2</v>
       </c>
       <c r="F17" s="0">
-        <v>9.45</v>
+        <v>26.79</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B18" s="0" t="s">
         <v>45</v>
       </c>
-      <c r="B18" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C18" s="0" t="s">
-        <v>47</v>
+        <v>8</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E18" s="0">
-        <v>0.2</v>
+        <v>0.65</v>
       </c>
       <c r="F18" s="0">
-        <v>27</v>
+        <v>82.92</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>48</v>
+        <v>46</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="0">
-        <v>0.59</v>
+        <v>0.48</v>
       </c>
       <c r="F19" s="0">
-        <v>75.31</v>
+        <v>37.07</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E20" s="0">
-        <v>0.49</v>
+        <v>0.38</v>
       </c>
       <c r="F20" s="0">
-        <v>37.74</v>
+        <v>7.56</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E21" s="0">
-        <v>0.39</v>
+        <v>2.15</v>
       </c>
       <c r="F21" s="0">
-        <v>7.79</v>
+        <v>63.29</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="B22" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="B22" s="0" t="s">
+      <c r="D22" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="E22" s="0">
+        <v>1.2</v>
+      </c>
+      <c r="F22" s="0" t="s">
         <v>55</v>
-      </c>
-[...10 lines deleted...]
-        <v>76.37</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>57</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="0" t="s">
-        <v>59</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E23" s="0">
-        <v>1.2</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>0.45</v>
+      </c>
+      <c r="F23" s="0">
+        <v>71.38</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E24" s="0">
-        <v>0.43</v>
+        <v>0.2</v>
       </c>
       <c r="F24" s="0">
-        <v>68.44</v>
+        <v>92.92</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E25" s="0">
-        <v>0.17</v>
+        <v>1.21</v>
       </c>
       <c r="F25" s="0">
-        <v>78.01</v>
+        <v>50.47</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E26" s="0">
-        <v>1.22</v>
+        <v>1.25</v>
       </c>
       <c r="F26" s="0">
-        <v>50.83</v>
+        <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E27" s="0">
-        <v>1.22</v>
+        <v>0.41</v>
       </c>
       <c r="F27" s="0">
-        <v>50.83</v>
+        <v>17.51</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B28" s="0" t="s">
         <v>68</v>
       </c>
-      <c r="B28" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C28" s="0" t="s">
-        <v>70</v>
+        <v>8</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E28" s="0">
-        <v>1.25</v>
+        <v>1.24</v>
       </c>
       <c r="F28" s="0">
-        <v>25</v>
+        <v>56.29</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E29" s="0">
-        <v>0.42</v>
+        <v>0.36</v>
       </c>
       <c r="F29" s="0">
-        <v>17.9</v>
+        <v>12.26</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>75</v>
+        <v>34</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E30" s="0">
-        <v>1.66</v>
+        <v>0.93</v>
       </c>
       <c r="F30" s="0">
-        <v>75.42</v>
+        <v>52.9</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>73</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>74</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E31" s="0">
-        <v>1.66</v>
+        <v>0.54</v>
       </c>
       <c r="F31" s="0">
-        <v>75.42</v>
+        <v>94.58</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>76</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E32" s="0">
-        <v>1.17</v>
+        <v>1.77</v>
       </c>
       <c r="F32" s="0">
-        <v>40.27</v>
+        <v>55.5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="B33" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B33" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" s="0" t="s">
-        <v>80</v>
+        <v>8</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E33" s="0">
-        <v>0.35</v>
+        <v>0.52</v>
       </c>
       <c r="F33" s="0">
-        <v>19.71</v>
+        <v>93.86</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B34" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="C34" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B34" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D34" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E34" s="0">
-        <v>0.51</v>
+        <v>0.31</v>
       </c>
       <c r="F34" s="0">
-        <v>88.84</v>
+        <v>17.58</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>82</v>
+      </c>
+      <c r="B35" s="0" t="s">
         <v>83</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C35" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E35" s="0">
-        <v>1.81</v>
+        <v>0.27</v>
       </c>
       <c r="F35" s="0">
-        <v>56.67</v>
+        <v>23.39</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="B36" s="0" t="s">
         <v>85</v>
       </c>
-      <c r="B36" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C36" s="0" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E36" s="0">
-        <v>0.5</v>
+        <v>0.77</v>
       </c>
       <c r="F36" s="0">
-        <v>89.77</v>
+        <v>38.52</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>86</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E37" s="0">
-        <v>0.32</v>
+        <v>0.96</v>
       </c>
       <c r="F37" s="0">
-        <v>18.13</v>
+        <v>82.8</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E38" s="0">
-        <v>0.32</v>
+        <v>0.45</v>
       </c>
       <c r="F38" s="0">
-        <v>18.13</v>
+        <v>42.63</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>91</v>
+        <v>8</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E39" s="0">
-        <v>0.22</v>
+        <v>0.54</v>
       </c>
       <c r="F39" s="0">
-        <v>18.74</v>
+        <v>67.45</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E40" s="0">
-        <v>0.23</v>
+        <v>0.25</v>
       </c>
       <c r="F40" s="0">
-        <v>19.59</v>
+        <v>58.55</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E41" s="0">
-        <v>0.76</v>
-[...2 lines deleted...]
-        <v>38</v>
+        <v>2.05</v>
+      </c>
+      <c r="F41" s="0" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>93</v>
+        <v>99</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>94</v>
+        <v>8</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E42" s="0">
-        <v>0.77</v>
+        <v>0.78</v>
       </c>
       <c r="F42" s="0">
-        <v>38.5</v>
+        <v>90.86</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>95</v>
+        <v>100</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>96</v>
+        <v>101</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E43" s="0">
-        <v>0.91</v>
+        <v>1.2</v>
       </c>
       <c r="F43" s="0">
-        <v>79.17</v>
+        <v>40.05</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>97</v>
+        <v>102</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>98</v>
+        <v>103</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E44" s="0">
-        <v>0.44</v>
+        <v>0.12</v>
       </c>
       <c r="F44" s="0">
-        <v>42.07</v>
+        <v>11.08</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>99</v>
+        <v>104</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>100</v>
+        <v>105</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>20</v>
+        <v>106</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E45" s="0">
-        <v>0.54</v>
+        <v>0.36</v>
       </c>
       <c r="F45" s="0">
-        <v>67.42</v>
+        <v>57.05</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>99</v>
+        <v>107</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E46" s="0">
-        <v>0.55</v>
+        <v>0.25</v>
       </c>
       <c r="F46" s="0">
-        <v>68.66</v>
+        <v>49.32</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>99</v>
+        <v>109</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>100</v>
+        <v>110</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E47" s="0">
-        <v>0.56</v>
+        <v>0.34</v>
       </c>
       <c r="F47" s="0">
-        <v>69.91</v>
+        <v>28.71</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>99</v>
+        <v>111</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>100</v>
+        <v>112</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>20</v>
+        <v>113</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E48" s="0">
-        <v>0.54</v>
+        <v>1.99</v>
       </c>
       <c r="F48" s="0">
-        <v>67.42</v>
+        <v>84.68</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>100</v>
+        <v>115</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>20</v>
+        <v>8</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E49" s="0">
-        <v>0.55</v>
+        <v>0.43</v>
       </c>
       <c r="F49" s="0">
-        <v>68.66</v>
+        <v>79.43</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>102</v>
+        <v>117</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>103</v>
+        <v>8</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E50" s="0">
-        <v>0.25</v>
+        <v>0.38</v>
       </c>
       <c r="F50" s="0">
-        <v>58.55</v>
+        <v>19.2</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>104</v>
+        <v>118</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>105</v>
+        <v>119</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>106</v>
+        <v>8</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E51" s="0">
-        <v>2.05</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>1.57</v>
+      </c>
+      <c r="F51" s="0">
+        <v>33.52</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>107</v>
+        <v>120</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>108</v>
+        <v>121</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E52" s="0">
-        <v>0.63</v>
+        <v>0.25</v>
       </c>
       <c r="F52" s="0">
-        <v>73.84</v>
+        <v>47.21</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>109</v>
+        <v>122</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>110</v>
+        <v>123</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>30</v>
+        <v>124</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E53" s="0">
-        <v>1.22</v>
+        <v>0.14</v>
       </c>
       <c r="F53" s="0">
-        <v>40.67</v>
+        <v>11.09</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>109</v>
+        <v>125</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>110</v>
+        <v>126</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E54" s="0">
-        <v>1.2</v>
+        <v>0.62</v>
       </c>
       <c r="F54" s="0">
-        <v>40</v>
+        <v>82.81</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>111</v>
+        <v>127</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>112</v>
+        <v>128</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E55" s="0">
-        <v>0.07</v>
+        <v>0.34</v>
       </c>
       <c r="F55" s="0">
-        <v>6.51</v>
+        <v>43.17</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>113</v>
+        <v>129</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>114</v>
+        <v>130</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>115</v>
+        <v>131</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E56" s="0">
-        <v>0.36</v>
+        <v>0.11</v>
       </c>
       <c r="F56" s="0">
-        <v>57.05</v>
+        <v>3.8</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>117</v>
+        <v>133</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E57" s="0">
-        <v>0.26</v>
+        <v>0.4</v>
       </c>
       <c r="F57" s="0">
-        <v>52.25</v>
+        <v>89.15</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>118</v>
+        <v>134</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>119</v>
+        <v>135</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E58" s="0">
-        <v>0.41</v>
+        <v>0.55</v>
       </c>
       <c r="F58" s="0">
-        <v>34.82</v>
+        <v>41.26</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>120</v>
+        <v>136</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>121</v>
+        <v>137</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E59" s="0">
-        <v>1.94</v>
+        <v>0.81</v>
       </c>
       <c r="F59" s="0">
-        <v>82.59</v>
+        <v>64.59</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>122</v>
+        <v>138</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>123</v>
+        <v>139</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E60" s="0">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="F60" s="0">
-        <v>37.42</v>
+        <v>87.08</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>124</v>
+        <v>140</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>125</v>
+        <v>141</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>25</v>
+        <v>81</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E61" s="0">
-        <v>0.41</v>
+        <v>0.61</v>
       </c>
       <c r="F61" s="0">
-        <v>20.42</v>
+        <v>89.73</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>126</v>
+        <v>142</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>127</v>
+        <v>143</v>
       </c>
       <c r="C62" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D62" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="D62" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E62" s="0">
-        <v>1.56</v>
+        <v>0.42</v>
       </c>
       <c r="F62" s="0">
-        <v>33.26</v>
+        <v>5.23</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>126</v>
+        <v>144</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>127</v>
+        <v>145</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>14</v>
+        <v>8</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E63" s="0">
-        <v>1.56</v>
+        <v>1.31</v>
       </c>
       <c r="F63" s="0">
-        <v>33.26</v>
+        <v>92.27</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>128</v>
+        <v>146</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>129</v>
+        <v>147</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E64" s="0">
-        <v>0.5</v>
+        <v>4.52</v>
       </c>
       <c r="F64" s="0">
-        <v>95.49</v>
+        <v>56.55</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>130</v>
+        <v>148</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>131</v>
+        <v>149</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>132</v>
+        <v>150</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E65" s="0">
-        <v>0.14</v>
+        <v>0.32</v>
       </c>
       <c r="F65" s="0">
-        <v>11.09</v>
+        <v>19.86</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
-        <v>133</v>
+        <v>151</v>
       </c>
       <c r="B66" s="0" t="s">
-        <v>134</v>
+        <v>152</v>
       </c>
       <c r="C66" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E66" s="0">
-        <v>0.62</v>
+        <v>0.94</v>
       </c>
       <c r="F66" s="0">
-        <v>82.78</v>
+        <v>90.41</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
-        <v>133</v>
+        <v>153</v>
       </c>
       <c r="B67" s="0" t="s">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="C67" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E67" s="0">
-        <v>0.61</v>
-[...2 lines deleted...]
-        <v>81.44</v>
+        <v>0.38</v>
+      </c>
+      <c r="F67" s="0" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>135</v>
+        <v>155</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>136</v>
+        <v>156</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E68" s="0">
-        <v>0.34</v>
+        <v>0.2</v>
       </c>
       <c r="F68" s="0">
-        <v>44.17</v>
+        <v>55.62</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>137</v>
+        <v>157</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>138</v>
+        <v>158</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E69" s="0">
-        <v>0.11</v>
+        <v>0.29</v>
       </c>
       <c r="F69" s="0">
-        <v>3.8</v>
+        <v>53.89</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>137</v>
+        <v>159</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>67</v>
+        <v>8</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E70" s="0">
-        <v>0.1</v>
-[...2 lines deleted...]
-        <v>3.45</v>
+        <v>0.41</v>
+      </c>
+      <c r="F70" s="0" t="s">
+        <v>55</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>139</v>
+        <v>161</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>140</v>
+        <v>162</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="E71" s="0">
-        <v>0.42</v>
+        <v>0.31</v>
       </c>
       <c r="F71" s="0">
-        <v>93.54</v>
+        <v>35.82</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>139</v>
+        <v>163</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>140</v>
+        <v>164</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E72" s="0">
-        <v>0.42</v>
+        <v>0.7</v>
       </c>
       <c r="F72" s="0">
-        <v>93.54</v>
+        <v>82.69</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>142</v>
+        <v>166</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E73" s="0">
-        <v>0.53</v>
+        <v>0.39</v>
       </c>
       <c r="F73" s="0">
-        <v>39.17</v>
+        <v>90.97</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
-        <v>143</v>
+        <v>167</v>
       </c>
       <c r="B74" s="0" t="s">
-        <v>144</v>
+        <v>168</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E74" s="0">
-        <v>0.85</v>
+        <v>0.4</v>
       </c>
       <c r="F74" s="0">
-        <v>67.35</v>
+        <v>24.04</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
-        <v>145</v>
+        <v>169</v>
       </c>
       <c r="B75" s="0" t="s">
-        <v>146</v>
+        <v>170</v>
       </c>
       <c r="C75" s="0" t="s">
-        <v>25</v>
+        <v>8</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E75" s="0">
-        <v>0.49</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>0.69</v>
+      </c>
+      <c r="F75" s="0">
+        <v>48.49</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>147</v>
+        <v>171</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>148</v>
+        <v>172</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="D76" s="0" t="s">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="E76" s="0">
-        <v>0.61</v>
+        <v>0.51</v>
       </c>
       <c r="F76" s="0">
-        <v>89.71</v>
+        <v>42</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
-        <v>147</v>
+        <v>173</v>
       </c>
       <c r="B77" s="0" t="s">
-        <v>148</v>
+        <v>174</v>
       </c>
       <c r="C77" s="0" t="s">
-        <v>30</v>
+        <v>175</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E77" s="0">
-        <v>0.61</v>
+        <v>0.85</v>
       </c>
       <c r="F77" s="0">
-        <v>89.71</v>
+        <v>61.03</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>149</v>
+        <v>176</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>150</v>
+        <v>177</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E78" s="0">
-        <v>0.42</v>
+        <v>1.29</v>
       </c>
       <c r="F78" s="0">
-        <v>5.23</v>
+        <v>99.64</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>149</v>
+        <v>178</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>150</v>
+        <v>179</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>15</v>
+        <v>9</v>
       </c>
       <c r="E79" s="0">
-        <v>0.42</v>
+        <v>0.96</v>
       </c>
       <c r="F79" s="0">
-        <v>5.23</v>
+        <v>64.41</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>151</v>
+        <v>180</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>152</v>
+        <v>181</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E80" s="0">
-        <v>1.28</v>
+        <v>0.23</v>
       </c>
       <c r="F80" s="0">
-        <v>90.3</v>
+        <v>10.55</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>154</v>
+        <v>183</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="D81" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E81" s="0">
-        <v>4.88</v>
+        <v>0.13</v>
       </c>
       <c r="F81" s="0">
-        <v>60.96</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>155</v>
+        <v>184</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>156</v>
+        <v>185</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E82" s="0">
-        <v>0.41</v>
+        <v>0.69</v>
       </c>
       <c r="F82" s="0">
-        <v>25.42</v>
+        <v>81.76</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>157</v>
+        <v>186</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>158</v>
+        <v>187</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>159</v>
+        <v>188</v>
       </c>
       <c r="D83" s="0" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="E83" s="0">
-        <v>0.94</v>
+        <v>4.98</v>
       </c>
       <c r="F83" s="0">
-        <v>90.4</v>
+        <v>28.28</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
-        <v>157</v>
+        <v>190</v>
       </c>
       <c r="B84" s="0" t="s">
-        <v>158</v>
+        <v>191</v>
       </c>
       <c r="C84" s="0" t="s">
-        <v>159</v>
+        <v>192</v>
       </c>
       <c r="D84" s="0" t="s">
-        <v>9</v>
+        <v>189</v>
       </c>
       <c r="E84" s="0">
-        <v>0.95</v>
+        <v>2.3</v>
       </c>
       <c r="F84" s="0">
-        <v>91.36</v>
+        <v>26.03</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
-        <v>160</v>
+        <v>193</v>
       </c>
       <c r="B85" s="0" t="s">
-        <v>161</v>
+        <v>194</v>
       </c>
       <c r="C85" s="0" t="s">
-        <v>8</v>
+        <v>195</v>
       </c>
       <c r="D85" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E85" s="0">
-        <v>0.24</v>
+        <v>0.71</v>
       </c>
       <c r="F85" s="0">
-        <v>84.03</v>
+        <v>26.04</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>162</v>
+        <v>197</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>163</v>
+        <v>198</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>14</v>
+        <v>199</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E86" s="0">
-        <v>0.2</v>
+        <v>0.6</v>
       </c>
       <c r="F86" s="0">
-        <v>55.56</v>
+        <v>42.3</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>162</v>
+        <v>200</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>163</v>
+        <v>201</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>14</v>
+        <v>202</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E87" s="0">
-        <v>0.21</v>
+        <v>1.28</v>
       </c>
       <c r="F87" s="0">
-        <v>58.33</v>
+        <v>53.39</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>164</v>
+        <v>203</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>165</v>
+        <v>204</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>8</v>
+        <v>205</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E88" s="0">
-        <v>0.27</v>
+        <v>0.8</v>
       </c>
       <c r="F88" s="0">
-        <v>48.45</v>
+        <v>45.03</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>166</v>
+        <v>206</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>167</v>
+        <v>207</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>8</v>
+        <v>208</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E89" s="0">
-        <v>0.41</v>
-[...2 lines deleted...]
-        <v>60</v>
+        <v>0.52</v>
+      </c>
+      <c r="F89" s="0">
+        <v>10.07</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>168</v>
+        <v>209</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>169</v>
+        <v>210</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>8</v>
+        <v>211</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E90" s="0">
-        <v>0.28</v>
+        <v>0.56</v>
       </c>
       <c r="F90" s="0">
-        <v>32.79</v>
+        <v>23.44</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>170</v>
+        <v>212</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>171</v>
+        <v>213</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>25</v>
+        <v>214</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E91" s="0">
-        <v>0.74</v>
+        <v>2.22</v>
       </c>
       <c r="F91" s="0">
-        <v>87.8</v>
+        <v>42.85</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>172</v>
+        <v>215</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>173</v>
+        <v>216</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>174</v>
+        <v>217</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E92" s="0">
-        <v>0.4</v>
+        <v>1.3</v>
       </c>
       <c r="F92" s="0">
-        <v>91.57</v>
+        <v>38.26</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>175</v>
+        <v>218</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>176</v>
+        <v>219</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>91</v>
+        <v>220</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E93" s="0">
-        <v>0.42</v>
+        <v>0.7</v>
       </c>
       <c r="F93" s="0">
-        <v>25.34</v>
+        <v>14.56</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>175</v>
+        <v>221</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>176</v>
+        <v>222</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>91</v>
+        <v>223</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E94" s="0">
-        <v>0.43</v>
+        <v>1.02</v>
       </c>
       <c r="F94" s="0">
-        <v>25.94</v>
+        <v>34.11</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>177</v>
+        <v>224</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>178</v>
+        <v>225</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>179</v>
+        <v>226</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E95" s="0">
-        <v>0.68</v>
+        <v>0.42</v>
       </c>
       <c r="F95" s="0">
-        <v>48.1</v>
+        <v>13.61</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>180</v>
+        <v>227</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>181</v>
+        <v>228</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>91</v>
+        <v>229</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E96" s="0">
-        <v>0.5</v>
+        <v>1.29</v>
       </c>
       <c r="F96" s="0">
-        <v>41.12</v>
+        <v>54.76</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>180</v>
+        <v>230</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>181</v>
+        <v>231</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>91</v>
+        <v>232</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>15</v>
+        <v>196</v>
       </c>
       <c r="E97" s="0">
-        <v>0.5</v>
+        <v>0.95</v>
       </c>
       <c r="F97" s="0">
-        <v>41.12</v>
+        <v>27.01</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>182</v>
+        <v>233</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>183</v>
+        <v>234</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>184</v>
+        <v>235</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E98" s="0">
-        <v>1.21</v>
+        <v>0.43</v>
       </c>
       <c r="F98" s="0">
-        <v>87.18</v>
+        <v>16.68</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>182</v>
+        <v>236</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>183</v>
+        <v>237</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>184</v>
+        <v>238</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E99" s="0">
-        <v>1.21</v>
+        <v>1.73</v>
       </c>
       <c r="F99" s="0">
-        <v>87.18</v>
+        <v>53.96</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>185</v>
+        <v>239</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>186</v>
+        <v>240</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>14</v>
+        <v>238</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E100" s="0">
-        <v>0.68</v>
+        <v>2.22</v>
       </c>
       <c r="F100" s="0">
-        <v>52.51</v>
+        <v>80.01</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>187</v>
+        <v>241</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>188</v>
+        <v>242</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>8</v>
+        <v>235</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E101" s="0">
-        <v>0.9</v>
+        <v>2.06</v>
       </c>
       <c r="F101" s="0">
-        <v>60.58</v>
+        <v>69.37</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
-        <v>189</v>
+        <v>243</v>
       </c>
       <c r="B102" s="0" t="s">
-        <v>190</v>
+        <v>244</v>
       </c>
       <c r="C102" s="0" t="s">
-        <v>8</v>
+        <v>238</v>
       </c>
       <c r="D102" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E102" s="0">
-        <v>0.31</v>
+        <v>2.3</v>
       </c>
       <c r="F102" s="0">
-        <v>14.22</v>
+        <v>93.86</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>191</v>
+        <v>245</v>
       </c>
       <c r="B103" s="0" t="s">
-        <v>192</v>
+        <v>246</v>
       </c>
       <c r="C103" s="0" t="s">
-        <v>193</v>
+        <v>235</v>
       </c>
       <c r="D103" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E103" s="0">
-        <v>1.15</v>
+        <v>3.19</v>
       </c>
       <c r="F103" s="0">
-        <v>68.78</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
-        <v>194</v>
+        <v>247</v>
       </c>
       <c r="B104" s="0" t="s">
-        <v>195</v>
+        <v>248</v>
       </c>
       <c r="C104" s="0" t="s">
-        <v>91</v>
+        <v>249</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E104" s="0">
-        <v>0.67</v>
+        <v>2.06</v>
       </c>
       <c r="F104" s="0">
-        <v>79.38</v>
+        <v>60.11</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>194</v>
+        <v>250</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>195</v>
+        <v>251</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>91</v>
+        <v>252</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>9</v>
+        <v>196</v>
       </c>
       <c r="E105" s="0">
-        <v>0.67</v>
+        <v>0.01</v>
       </c>
       <c r="F105" s="0">
-        <v>79.38</v>
-[...459 lines deleted...]
-        <v>22.3</v>
+        <v>0.24</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>