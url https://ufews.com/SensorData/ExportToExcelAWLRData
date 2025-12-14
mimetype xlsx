--- v0 (2025-10-24)
+++ v1 (2025-12-14)
@@ -4,668 +4,407 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sensor Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
   <si>
     <t>Station ID</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>TimeStamp</t>
   </si>
   <si>
     <t>Water Level (m)</t>
   </si>
   <si>
     <t>Percentage Water (%)</t>
   </si>
   <si>
+    <t>GUFEW071</t>
+  </si>
+  <si>
+    <t>Professor Colony Basharatpur W</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:40:01</t>
+  </si>
+  <si>
+    <t>Overflow</t>
+  </si>
+  <si>
+    <t>GUFEW010</t>
+  </si>
+  <si>
+    <t>Harhwa Fatak Road, Basharatpur</t>
+  </si>
+  <si>
+    <t>GUFEW017</t>
+  </si>
+  <si>
+    <t>Bargadwa Nala, Rajendra Nagar</t>
+  </si>
+  <si>
+    <t>GUFEW054</t>
+  </si>
+  <si>
+    <t>Ramjanki Nagar Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW072</t>
+  </si>
+  <si>
+    <t>Vishnupuram colony</t>
+  </si>
+  <si>
+    <t>GUFEW008</t>
+  </si>
+  <si>
+    <t>Khorabar Nala</t>
+  </si>
+  <si>
+    <t>GUFEW063</t>
+  </si>
+  <si>
+    <t>Lal Diggi Nala</t>
+  </si>
+  <si>
+    <t>GUFEW018</t>
+  </si>
+  <si>
+    <t>Samaymata Mandir Road</t>
+  </si>
+  <si>
+    <t>GUFEW067</t>
+  </si>
+  <si>
+    <t>Digvijay Nagar Basharatpur W</t>
+  </si>
+  <si>
+    <t>GUFEW126</t>
+  </si>
+  <si>
+    <t>Teen Ghar Phulia Pumping Stn.</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:39:02</t>
+  </si>
+  <si>
+    <t>GUFEW140</t>
+  </si>
+  <si>
+    <t>Ashok Nagar / Vishnupuram PS</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:38:37</t>
+  </si>
+  <si>
+    <t>GUFEW141</t>
+  </si>
+  <si>
+    <t>Gaderiya / Sree Ram Nagar PS</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:38:36</t>
+  </si>
+  <si>
+    <t>GUFEW123</t>
+  </si>
+  <si>
+    <t>Mirzapur Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:38:29</t>
+  </si>
+  <si>
+    <t>GUFEW130</t>
+  </si>
+  <si>
+    <t>Rasulpur Bhatta Pumping Stn.</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:38:20</t>
+  </si>
+  <si>
+    <t>GUFEW137</t>
+  </si>
+  <si>
+    <t>Transport Ngr Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:37:15</t>
+  </si>
+  <si>
+    <t>GUFEW131</t>
+  </si>
+  <si>
+    <t>SC Bose Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:36:48</t>
+  </si>
+  <si>
+    <t>GUFEW124</t>
+  </si>
+  <si>
+    <t>Lal Diggi Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:36:28</t>
+  </si>
+  <si>
+    <t>GUFEW129</t>
+  </si>
+  <si>
+    <t>Bhediyagarh Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:35:09</t>
+  </si>
+  <si>
+    <t>GUFEW004</t>
+  </si>
+  <si>
+    <t>Qazipur Khurd Nala</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:35:01</t>
+  </si>
+  <si>
+    <t>GUFEW036</t>
+  </si>
+  <si>
+    <t>Badgu Road, Prayagpuram Colony</t>
+  </si>
+  <si>
+    <t>GUFEW006</t>
+  </si>
+  <si>
+    <t>Dharmshala Bazar Nala</t>
+  </si>
+  <si>
+    <t>GUFEW069</t>
+  </si>
+  <si>
+    <t>Ashoknagar Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW022</t>
+  </si>
+  <si>
+    <t>Patel Chowk, Shakti Ngr Colony</t>
+  </si>
+  <si>
+    <t>GUFEW046</t>
+  </si>
+  <si>
+    <t>Jharwa</t>
+  </si>
+  <si>
+    <t>GUFEW049</t>
+  </si>
+  <si>
+    <t>Hp defense academy</t>
+  </si>
+  <si>
+    <t>GUFEW085</t>
+  </si>
+  <si>
+    <t>SC Bose Colony 1</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:35:00</t>
+  </si>
+  <si>
+    <t>GUFEW033</t>
+  </si>
+  <si>
+    <t>Rama Tower, Betiahata</t>
+  </si>
+  <si>
+    <t>GUFEW003</t>
+  </si>
+  <si>
+    <t>Bharwalia</t>
+  </si>
+  <si>
+    <t>GUFEW053</t>
+  </si>
+  <si>
+    <t>Ramjanakinagar / Ganga Tola</t>
+  </si>
+  <si>
+    <t>GUFEW035</t>
+  </si>
+  <si>
+    <t>Aditya Nagar, Surajkund Colony</t>
+  </si>
+  <si>
+    <t>GUFEW024</t>
+  </si>
+  <si>
+    <t>Jafhar Colony, Mohanlalpur</t>
+  </si>
+  <si>
+    <t>GUFEW050</t>
+  </si>
+  <si>
+    <t>Rail Vihar Colony Ph 3 R. Pond</t>
+  </si>
+  <si>
+    <t>GUFEW042</t>
+  </si>
+  <si>
+    <t>TP Nagar 2</t>
+  </si>
+  <si>
+    <t>GUFEW056</t>
+  </si>
+  <si>
+    <t>Swarna City</t>
+  </si>
+  <si>
+    <t>GUFEW038</t>
+  </si>
+  <si>
+    <t>Bade Kajipur Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW078</t>
+  </si>
+  <si>
+    <t>Vasundharanagar Pumping Stn.</t>
+  </si>
+  <si>
+    <t>GUFEW061</t>
+  </si>
+  <si>
+    <t>Raneedeeh, Raptinagar Ph-4</t>
+  </si>
+  <si>
+    <t>GUFEW060</t>
+  </si>
+  <si>
+    <t>Janpriya Vihar Colony</t>
+  </si>
+  <si>
     <t>GUFEW066</t>
   </si>
   <si>
     <t>Panchavati Apartment, Daudpur</t>
   </si>
   <si>
-    <t>24-10-2025 15:32:00</t>
-[...269 lines deleted...]
-    <t>24-10-2025 15:29:00</t>
+    <t>GUFEW068</t>
+  </si>
+  <si>
+    <t>Basharatpur West, Ramjanki Ngr</t>
+  </si>
+  <si>
+    <t>GUFEW127</t>
+  </si>
+  <si>
+    <t>Om Nagar Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:34:57</t>
+  </si>
+  <si>
+    <t>GUFEW132</t>
+  </si>
+  <si>
+    <t>Ramnagar Pumping Station</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:31:07</t>
+  </si>
+  <si>
+    <t>GUFEW059</t>
+  </si>
+  <si>
+    <t>Basharatpur Hotspot</t>
+  </si>
+  <si>
+    <t>14-12-2025 22:20:01</t>
   </si>
   <si>
     <t>GUFEW136</t>
   </si>
   <si>
     <t>Dharmashala Bazar Pumping Stn.</t>
   </si>
   <si>
-    <t>24-10-2025 15:28:32</t>
-[...59 lines deleted...]
-    <t>Om Nagar Pumping Station</t>
+    <t>14-12-2025 22:07:10</t>
   </si>
   <si>
     <t>GUFEW081</t>
   </si>
   <si>
     <t>Police Chowki, Asuran</t>
   </si>
   <si>
-    <t>24-10-2025 15:25:01</t>
-[...164 lines deleted...]
-    <t>24-10-2025 15:00:00</t>
+    <t>14-12-2025 21:55:01</t>
   </si>
   <si>
     <t>GUFEW101</t>
   </si>
   <si>
     <t>Rapti</t>
   </si>
   <si>
-    <t>GUFEW075</t>
-[...71 lines deleted...]
-    <t>Bharwalia</t>
+    <t>14-12-2025 21:45:00</t>
+  </si>
+  <si>
+    <t>GUFEW102</t>
+  </si>
+  <si>
+    <t>Rohini</t>
+  </si>
+  <si>
+    <t>14-12-2025 21:44:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -681,1521 +420,858 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E87"/>
+  <dimension ref="A1:E48"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.690690994262695" customWidth="1"/>
-    <col min="2" max="2" width="30.892139434814453" customWidth="1"/>
+    <col min="2" max="2" width="30.40106773376465" customWidth="1"/>
     <col min="3" max="3" width="18.97342872619629" customWidth="1"/>
     <col min="4" max="4" width="15.033602714538574" customWidth="1"/>
     <col min="5" max="5" width="20.288066864013672" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="0">
-        <v>0.95</v>
-[...2 lines deleted...]
-        <v>91.36</v>
+        <v>0.41</v>
+      </c>
+      <c r="E2" s="0" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="B3" s="0" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C3" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D3" s="0">
-        <v>0.11</v>
+        <v>0.07</v>
       </c>
       <c r="E3" s="0">
-        <v>3.8</v>
+        <v>5.69</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>10</v>
+        <v>7</v>
       </c>
       <c r="D4" s="0">
-        <v>1.22</v>
+        <v>0.71</v>
       </c>
       <c r="E4" s="0">
-        <v>50.83</v>
+        <v>90.62</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="D5" s="0">
-        <v>1.53</v>
+        <v>0.28</v>
       </c>
       <c r="E5" s="0">
-        <v>44.9</v>
+        <v>35.54</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="0" t="s">
         <v>16</v>
       </c>
-      <c r="B6" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C6" s="0" t="s">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D6" s="0">
-        <v>3.16</v>
+        <v>0.28</v>
       </c>
       <c r="E6" s="0">
-        <v>67.18</v>
+        <v>32.89</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="D7" s="0">
-        <v>1.3</v>
+        <v>3.2</v>
       </c>
       <c r="E7" s="0">
-        <v>55.42</v>
+        <v>63.92</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>24</v>
+        <v>7</v>
       </c>
       <c r="D8" s="0">
-        <v>0.34</v>
+        <v>4.56</v>
       </c>
       <c r="E8" s="0">
-        <v>12.92</v>
+        <v>57.06</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="D9" s="0">
-        <v>1.08</v>
+        <v>0.49</v>
       </c>
       <c r="E9" s="0">
-        <v>30.8</v>
+        <v>37.51</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>30</v>
+        <v>7</v>
       </c>
       <c r="D10" s="0">
         <v>0.49</v>
       </c>
-      <c r="E10" s="0">
-        <v>24</v>
+      <c r="E10" s="0" t="s">
+        <v>8</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>31</v>
+        <v>25</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>32</v>
+        <v>26</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="D11" s="0">
-        <v>0.46</v>
+        <v>1.72</v>
       </c>
       <c r="E11" s="0">
-        <v>35.35</v>
+        <v>53.71</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C12" s="0" t="s">
         <v>30</v>
       </c>
       <c r="D12" s="0">
-        <v>0.27</v>
+        <v>3.27</v>
       </c>
       <c r="E12" s="0">
-        <v>11.53</v>
+        <v>69.51</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D13" s="0">
-        <v>0.26</v>
+        <v>2.45</v>
       </c>
       <c r="E13" s="0">
-        <v>51.91</v>
+        <v>71.5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>37</v>
+        <v>34</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="D14" s="0">
-        <v>0.74</v>
+        <v>1.05</v>
       </c>
       <c r="E14" s="0">
-        <v>87.82</v>
+        <v>40.56</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" s="0" t="s">
         <v>39</v>
       </c>
-      <c r="B15" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" s="0">
-        <v>0.51</v>
+        <v>2.38</v>
       </c>
       <c r="E15" s="0">
-        <v>88.02</v>
+        <v>97.06</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B16" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="C16" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C16" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="0">
-        <v>0.58</v>
+        <v>1.04</v>
       </c>
       <c r="E16" s="0">
-        <v>73.25</v>
+        <v>44.14</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>30</v>
+        <v>45</v>
       </c>
       <c r="D17" s="0">
-        <v>0.9</v>
+        <v>1</v>
       </c>
       <c r="E17" s="0">
-        <v>78.24</v>
+        <v>28.57</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>30</v>
+        <v>48</v>
       </c>
       <c r="D18" s="0">
-        <v>1.92</v>
+        <v>0.91</v>
       </c>
       <c r="E18" s="0">
-        <v>23.96</v>
+        <v>29.23</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>30</v>
+        <v>51</v>
       </c>
       <c r="D19" s="0">
-        <v>0.89</v>
+        <v>2.39</v>
       </c>
       <c r="E19" s="0">
-        <v>77.52</v>
+        <v>80.41</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>49</v>
+        <v>52</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D20" s="0">
-        <v>0.07</v>
+        <v>0.92</v>
       </c>
       <c r="E20" s="0">
-        <v>6.21</v>
+        <v>80.85</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D21" s="0">
-        <v>0.13</v>
+        <v>0.97</v>
       </c>
       <c r="E21" s="0">
-        <v>61</v>
+        <v>84.3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B22" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="C22" s="0" t="s">
         <v>54</v>
       </c>
-      <c r="C22" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D22" s="0">
-        <v>0.1</v>
+        <v>0.93</v>
       </c>
       <c r="E22" s="0">
-        <v>12.61</v>
+        <v>75.29</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>55</v>
+        <v>59</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D23" s="0">
-        <v>0.41</v>
+        <v>0.32</v>
       </c>
       <c r="E23" s="0">
-        <v>17.51</v>
+        <v>58.85</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D24" s="0">
-        <v>1.17</v>
+        <v>0.45</v>
       </c>
       <c r="E24" s="0">
-        <v>40.2</v>
+        <v>71.35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D25" s="0">
-        <v>0.31</v>
+        <v>0.38</v>
       </c>
       <c r="E25" s="0">
-        <v>14.18</v>
+        <v>32.25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>30</v>
+        <v>54</v>
       </c>
       <c r="D26" s="0">
-        <v>0.43</v>
+        <v>0.4</v>
       </c>
       <c r="E26" s="0">
-        <v>26.89</v>
+        <v>20.25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D27" s="0">
-        <v>1.83</v>
+        <v>0.69</v>
       </c>
       <c r="E27" s="0">
-        <v>57.19</v>
+        <v>81.75</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>66</v>
+        <v>71</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D28" s="0">
-        <v>0.34</v>
+        <v>0.31</v>
       </c>
       <c r="E28" s="0">
-        <v>63.06</v>
+        <v>17.56</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>67</v>
+        <v>72</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>68</v>
+        <v>73</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D29" s="0">
-        <v>0.34</v>
+        <v>0.42</v>
       </c>
       <c r="E29" s="0">
-        <v>43.85</v>
+        <v>82.03</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>69</v>
+        <v>74</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D30" s="0">
-        <v>0.43</v>
+        <v>0.62</v>
       </c>
       <c r="E30" s="0">
-        <v>40.38</v>
+        <v>82.78</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>71</v>
+        <v>76</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>72</v>
+        <v>77</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D31" s="0">
-        <v>1.25</v>
+        <v>0.77</v>
       </c>
       <c r="E31" s="0">
-        <v>88.09</v>
+        <v>38.5</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>73</v>
+        <v>78</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D32" s="0">
-        <v>0.85</v>
+        <v>1.21</v>
       </c>
       <c r="E32" s="0">
-        <v>67.19</v>
+        <v>50.42</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>76</v>
+        <v>81</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D33" s="0">
-        <v>0.59</v>
+        <v>1.57</v>
       </c>
       <c r="E33" s="0">
-        <v>45.27</v>
+        <v>33.47</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>78</v>
+        <v>83</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D34" s="0">
-        <v>0.54</v>
+        <v>1.2</v>
       </c>
       <c r="E34" s="0">
-        <v>39.76</v>
+        <v>40</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D35" s="0">
-        <v>0.74</v>
+        <v>0.4</v>
       </c>
       <c r="E35" s="0">
-        <v>56.72</v>
+        <v>89.09</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>81</v>
+        <v>86</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>82</v>
+        <v>87</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D36" s="0">
-        <v>4.87</v>
+        <v>0.54</v>
       </c>
       <c r="E36" s="0">
-        <v>60.82</v>
+        <v>67.42</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>83</v>
+        <v>88</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>84</v>
+        <v>89</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>30</v>
+        <v>69</v>
       </c>
       <c r="D37" s="0">
-        <v>0.25</v>
+        <v>0.51</v>
       </c>
       <c r="E37" s="0">
-        <v>46.18</v>
+        <v>41.94</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>85</v>
+        <v>90</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>86</v>
+        <v>91</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="D38" s="0">
-        <v>1.67</v>
+        <v>0.42</v>
       </c>
       <c r="E38" s="0">
-        <v>75.87</v>
+        <v>5.23</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="D39" s="0">
-        <v>0.42</v>
+        <v>0.61</v>
       </c>
       <c r="E39" s="0">
-        <v>5.23</v>
+        <v>89.71</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>87</v>
+        <v>69</v>
       </c>
       <c r="D40" s="0">
-        <v>0.51</v>
+        <v>0.94</v>
       </c>
       <c r="E40" s="0">
-        <v>91.56</v>
+        <v>90.4</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>94</v>
+        <v>69</v>
       </c>
       <c r="D41" s="0">
-        <v>0.56</v>
+        <v>0.2</v>
       </c>
       <c r="E41" s="0">
-        <v>23.27</v>
+        <v>55.56</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="D42" s="0">
-        <v>2.23</v>
+        <v>2.08</v>
       </c>
       <c r="E42" s="0">
-        <v>43.15</v>
+        <v>74.94</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D43" s="0">
-        <v>1.13</v>
+        <v>3.7</v>
       </c>
       <c r="E43" s="0">
-        <v>37.76</v>
+        <v>75.57</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>101</v>
+        <v>104</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D44" s="0">
-        <v>0.1</v>
+        <v>0.36</v>
       </c>
       <c r="E44" s="0">
-        <v>2.08</v>
+        <v>87.58</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D45" s="0">
-        <v>2.23</v>
+        <v>0.99</v>
       </c>
       <c r="E45" s="0">
-        <v>75.16</v>
+        <v>33.07</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D46" s="0">
-        <v>1.77</v>
+        <v>0.94</v>
       </c>
       <c r="E46" s="0">
-        <v>55.18</v>
+        <v>62.97</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D47" s="0">
-        <v>0.79</v>
+        <v>5.64</v>
       </c>
       <c r="E47" s="0">
-        <v>25.58</v>
+        <v>32.03</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="D48" s="0">
-        <v>2.36</v>
+        <v>2.01</v>
       </c>
       <c r="E48" s="0">
-        <v>96.42</v>
-[...662 lines deleted...]
-        <v>80.08</v>
+        <v>22.75</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>