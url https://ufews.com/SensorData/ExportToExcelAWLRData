--- v1 (2025-12-14)
+++ v2 (2026-03-05)
@@ -4,407 +4,551 @@
   <Default ContentType="application/xml" Extension="xml"/>
   <Default ContentType="application/vnd.openxmlformats-package.relationships+xml" Extension="rels"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Sensor Data" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="119" uniqueCount="119">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="167" uniqueCount="167">
   <si>
     <t>Station ID</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>TimeStamp</t>
   </si>
   <si>
     <t>Water Level (m)</t>
   </si>
   <si>
     <t>Percentage Water (%)</t>
   </si>
   <si>
+    <t>GUFEW127</t>
+  </si>
+  <si>
+    <t>Om Nagar Pumping Station</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:04:12</t>
+  </si>
+  <si>
+    <t>GUFEW126</t>
+  </si>
+  <si>
+    <t>Teen Ghar Phulia Pumping Stn.</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:03:28</t>
+  </si>
+  <si>
+    <t>GUFEW130</t>
+  </si>
+  <si>
+    <t>Rasulpur Bhatta Pumping Stn.</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:03:23</t>
+  </si>
+  <si>
+    <t>GUFEW123</t>
+  </si>
+  <si>
+    <t>Mirzapur Pumping Station</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:03:22</t>
+  </si>
+  <si>
+    <t>GUFEW141</t>
+  </si>
+  <si>
+    <t>Gaderiya / Sree Ram Nagar PS</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:03:19</t>
+  </si>
+  <si>
+    <t>GUFEW131</t>
+  </si>
+  <si>
+    <t>SC Bose Pumping Station</t>
+  </si>
+  <si>
+    <t>GUFEW129</t>
+  </si>
+  <si>
+    <t>Bhediyagarh Pumping Station</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:02:11</t>
+  </si>
+  <si>
+    <t>GUFEW140</t>
+  </si>
+  <si>
+    <t>Ashok Nagar / Vishnupuram PS</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:02:03</t>
+  </si>
+  <si>
+    <t>GUFEW012</t>
+  </si>
+  <si>
+    <t>Shivpuri Colony</t>
+  </si>
+  <si>
+    <t>06-03-2026 03:00:01</t>
+  </si>
+  <si>
+    <t>GUFEW029</t>
+  </si>
+  <si>
+    <t>Kachari Bus Stand Road</t>
+  </si>
+  <si>
+    <t>GUFEW081</t>
+  </si>
+  <si>
+    <t>Police Chowki, Asuran</t>
+  </si>
+  <si>
+    <t>06-03-2026 02:45:01</t>
+  </si>
+  <si>
+    <t>GUFEW023</t>
+  </si>
+  <si>
+    <t>Bobina Road, Hazaripur</t>
+  </si>
+  <si>
+    <t>06-03-2026 02:20:01</t>
+  </si>
+  <si>
+    <t>GUFEW005</t>
+  </si>
+  <si>
+    <t>Bade Kajipur</t>
+  </si>
+  <si>
+    <t>GUFEW019</t>
+  </si>
+  <si>
+    <t>SC Bose Nagar Colony 2</t>
+  </si>
+  <si>
+    <t>GUFEW027</t>
+  </si>
+  <si>
+    <t>Nizampur</t>
+  </si>
+  <si>
+    <t>GUFEW028</t>
+  </si>
+  <si>
+    <t>Nautanwa Road</t>
+  </si>
+  <si>
+    <t>GUFEW017</t>
+  </si>
+  <si>
+    <t>Bargadwa Nala, Rajendra Nagar</t>
+  </si>
+  <si>
+    <t>GUFEW011</t>
+  </si>
+  <si>
+    <t>Ramjankinagar Road</t>
+  </si>
+  <si>
+    <t>GUFEW001</t>
+  </si>
+  <si>
+    <t>Mahuesugharpur Shakti Ngr Clny</t>
+  </si>
+  <si>
+    <t>GUFEW010</t>
+  </si>
+  <si>
+    <t>Harhwa Fatak Road, Basharatpur</t>
+  </si>
+  <si>
+    <t>GUFEW043</t>
+  </si>
+  <si>
+    <t>Mahadev Jharkandi</t>
+  </si>
+  <si>
+    <t>GUFEW008</t>
+  </si>
+  <si>
+    <t>Khorabar Nala</t>
+  </si>
+  <si>
     <t>GUFEW071</t>
   </si>
   <si>
     <t>Professor Colony Basharatpur W</t>
   </si>
   <si>
-    <t>14-12-2025 22:40:01</t>
-[...1 lines deleted...]
-  <si>
     <t>Overflow</t>
   </si>
   <si>
-    <t>GUFEW010</t>
-[...8 lines deleted...]
-    <t>Bargadwa Nala, Rajendra Nagar</t>
+    <t>GUFEW014</t>
+  </si>
+  <si>
+    <t>Taramandal</t>
+  </si>
+  <si>
+    <t>GUFEW077</t>
+  </si>
+  <si>
+    <t>Vijay Cinema Road</t>
   </si>
   <si>
     <t>GUFEW054</t>
   </si>
   <si>
     <t>Ramjanki Nagar Hotspot</t>
   </si>
   <si>
+    <t>GUFEW002</t>
+  </si>
+  <si>
+    <t>Basantpur Nala</t>
+  </si>
+  <si>
+    <t>GUFEW037</t>
+  </si>
+  <si>
+    <t>Rasoolpur Nala, Gorakhnath</t>
+  </si>
+  <si>
+    <t>GUFEW073</t>
+  </si>
+  <si>
+    <t>Shatabdipuram</t>
+  </si>
+  <si>
+    <t>GUFEW030</t>
+  </si>
+  <si>
+    <t>Chaksa Hussain Pachperwa</t>
+  </si>
+  <si>
+    <t>GUFEW015</t>
+  </si>
+  <si>
+    <t>Abakari Office</t>
+  </si>
+  <si>
+    <t>GUFEW058</t>
+  </si>
+  <si>
+    <t>Rajnagar Pumping Station</t>
+  </si>
+  <si>
+    <t>GUFEW074</t>
+  </si>
+  <si>
+    <t>Khokhar Tola, Rahmat Nagar</t>
+  </si>
+  <si>
+    <t>GUFEW016</t>
+  </si>
+  <si>
+    <t>Ghasikatra Road, Rahmat Nagar</t>
+  </si>
+  <si>
+    <t>GUFEW051</t>
+  </si>
+  <si>
+    <t>Haridwarpuram Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW045</t>
+  </si>
+  <si>
+    <t>Chaudhary Gali, Qazipur Khurd</t>
+  </si>
+  <si>
+    <t>GUFEW059</t>
+  </si>
+  <si>
+    <t>Basharatpur Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW020</t>
+  </si>
+  <si>
+    <t>Inlet to Ramgarh Tal</t>
+  </si>
+  <si>
+    <t>GUFEW075</t>
+  </si>
+  <si>
+    <t>Jhankar Cine. Rd Minara Masjid</t>
+  </si>
+  <si>
+    <t>GUFEW034</t>
+  </si>
+  <si>
+    <t>Surajkund Colony / CA77</t>
+  </si>
+  <si>
+    <t>GUFEW067</t>
+  </si>
+  <si>
+    <t>Digvijay Nagar Basharatpur W</t>
+  </si>
+  <si>
+    <t>GUFEW063</t>
+  </si>
+  <si>
+    <t>Lal Diggi Nala</t>
+  </si>
+  <si>
+    <t>GUFEW031</t>
+  </si>
+  <si>
+    <t>Padri Bazar, Bank Colony</t>
+  </si>
+  <si>
+    <t>GUFEW036</t>
+  </si>
+  <si>
+    <t>Badgu Road, Prayagpuram Colony</t>
+  </si>
+  <si>
+    <t>GUFEW018</t>
+  </si>
+  <si>
+    <t>Samaymata Mandir Road</t>
+  </si>
+  <si>
+    <t>GUFEW069</t>
+  </si>
+  <si>
+    <t>Ashoknagar Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW026</t>
+  </si>
+  <si>
+    <t>Kasya Road, Judges Colony</t>
+  </si>
+  <si>
+    <t>GUFEW041</t>
+  </si>
+  <si>
+    <t>Buddh Vihar Part A</t>
+  </si>
+  <si>
+    <t>GUFEW080</t>
+  </si>
+  <si>
+    <t>Akshaibar Singh Marg</t>
+  </si>
+  <si>
+    <t>GUFEW046</t>
+  </si>
+  <si>
+    <t>Jharwa</t>
+  </si>
+  <si>
+    <t>GUFEW032</t>
+  </si>
+  <si>
+    <t>Rajbi Road, Avas Vikas Colony</t>
+  </si>
+  <si>
+    <t>GUFEW048</t>
+  </si>
+  <si>
+    <t>Basharatpura Nr. Ashoknagar PS</t>
+  </si>
+  <si>
+    <t>GUFEW083</t>
+  </si>
+  <si>
+    <t>Polytechnic Chauraha SonauliRd</t>
+  </si>
+  <si>
+    <t>GUFEW049</t>
+  </si>
+  <si>
+    <t>Hp defense academy</t>
+  </si>
+  <si>
+    <t>GUFEW062</t>
+  </si>
+  <si>
+    <t>Bhagwati Chauraha</t>
+  </si>
+  <si>
+    <t>GUFEW057</t>
+  </si>
+  <si>
+    <t>Geeta Vatika Road, Shahpur</t>
+  </si>
+  <si>
+    <t>GUFEW004</t>
+  </si>
+  <si>
+    <t>Qazipur Khurd Nala</t>
+  </si>
+  <si>
+    <t>GUFEW007</t>
+  </si>
+  <si>
+    <t>Betiyahata Pumping Station</t>
+  </si>
+  <si>
+    <t>GUFEW084</t>
+  </si>
+  <si>
+    <t>Bhagat Chauraha, Taramandal Rd</t>
+  </si>
+  <si>
     <t>GUFEW072</t>
   </si>
   <si>
     <t>Vishnupuram colony</t>
   </si>
   <si>
-    <t>GUFEW008</t>
-[...118 lines deleted...]
-  <si>
     <t>GUFEW006</t>
   </si>
   <si>
     <t>Dharmshala Bazar Nala</t>
   </si>
   <si>
-    <t>GUFEW069</t>
-[...4 lines deleted...]
-  <si>
     <t>GUFEW022</t>
   </si>
   <si>
     <t>Patel Chowk, Shakti Ngr Colony</t>
   </si>
   <si>
-    <t>GUFEW046</t>
-[...10 lines deleted...]
-  <si>
     <t>GUFEW085</t>
   </si>
   <si>
     <t>SC Bose Colony 1</t>
   </si>
   <si>
-    <t>14-12-2025 22:35:00</t>
-[...5 lines deleted...]
-    <t>Rama Tower, Betiahata</t>
+    <t>06-03-2026 02:20:00</t>
+  </si>
+  <si>
+    <t>GUFEW053</t>
+  </si>
+  <si>
+    <t>Ramjanakinagar / Ganga Tola</t>
+  </si>
+  <si>
+    <t>GUFEW035</t>
+  </si>
+  <si>
+    <t>Aditya Nagar, Surajkund Colony</t>
+  </si>
+  <si>
+    <t>GUFEW038</t>
+  </si>
+  <si>
+    <t>Bade Kajipur Hotspot</t>
+  </si>
+  <si>
+    <t>GUFEW056</t>
+  </si>
+  <si>
+    <t>Swarna City</t>
+  </si>
+  <si>
+    <t>GUFEW042</t>
+  </si>
+  <si>
+    <t>TP Nagar 2</t>
+  </si>
+  <si>
+    <t>GUFEW050</t>
+  </si>
+  <si>
+    <t>Rail Vihar Colony Ph 3 R. Pond</t>
+  </si>
+  <si>
+    <t>GUFEW024</t>
+  </si>
+  <si>
+    <t>Jafhar Colony, Mohanlalpur</t>
   </si>
   <si>
     <t>GUFEW003</t>
   </si>
   <si>
     <t>Bharwalia</t>
   </si>
   <si>
-    <t>GUFEW053</t>
-[...40 lines deleted...]
-  <si>
     <t>GUFEW078</t>
   </si>
   <si>
     <t>Vasundharanagar Pumping Stn.</t>
   </si>
   <si>
     <t>GUFEW061</t>
   </si>
   <si>
     <t>Raneedeeh, Raptinagar Ph-4</t>
   </si>
   <si>
-    <t>GUFEW060</t>
-[...2 lines deleted...]
-    <t>Janpriya Vihar Colony</t>
+    <t>GUFEW068</t>
+  </si>
+  <si>
+    <t>Basharatpur West, Ramjanki Ngr</t>
   </si>
   <si>
     <t>GUFEW066</t>
   </si>
   <si>
     <t>Panchavati Apartment, Daudpur</t>
-  </si>
-[...67 lines deleted...]
-    <t>14-12-2025 21:44:00</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -420,858 +564,1334 @@
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E48"/>
+  <dimension ref="A1:E76"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="10.690690994262695" customWidth="1"/>
     <col min="2" max="2" width="30.40106773376465" customWidth="1"/>
     <col min="3" max="3" width="18.97342872619629" customWidth="1"/>
     <col min="4" max="4" width="15.033602714538574" customWidth="1"/>
     <col min="5" max="5" width="20.288066864013672" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" s="0" t="s">
         <v>5</v>
       </c>
       <c r="B2" s="0" t="s">
         <v>6</v>
       </c>
       <c r="C2" s="0" t="s">
         <v>7</v>
       </c>
       <c r="D2" s="0">
-        <v>0.41</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>2.23</v>
+      </c>
+      <c r="E2" s="0">
+        <v>80.58</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="B3" s="0" t="s">
         <v>9</v>
       </c>
-      <c r="B3" s="0" t="s">
+      <c r="C3" s="0" t="s">
         <v>10</v>
       </c>
-      <c r="C3" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D3" s="0">
-        <v>0.07</v>
+        <v>1.71</v>
       </c>
       <c r="E3" s="0">
-        <v>5.69</v>
+        <v>53.47</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4" s="0" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="D4" s="0">
-        <v>0.71</v>
+        <v>2.3</v>
       </c>
       <c r="E4" s="0">
-        <v>90.62</v>
+        <v>93.86</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="B5" s="0" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" s="0" t="s">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D5" s="0">
-        <v>0.28</v>
+        <v>0.42</v>
       </c>
       <c r="E5" s="0">
-        <v>35.54</v>
+        <v>16.23</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="B6" s="0" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D6" s="0">
-        <v>0.28</v>
+        <v>2.08</v>
       </c>
       <c r="E6" s="0">
-        <v>32.89</v>
+        <v>60.57</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B7" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C7" s="0" t="s">
-        <v>7</v>
+        <v>19</v>
       </c>
       <c r="D7" s="0">
-        <v>3.2</v>
+        <v>0.95</v>
       </c>
       <c r="E7" s="0">
-        <v>63.92</v>
+        <v>27.01</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="C8" s="0" t="s">
-        <v>7</v>
+        <v>24</v>
       </c>
       <c r="D8" s="0">
-        <v>4.56</v>
+        <v>2.06</v>
       </c>
       <c r="E8" s="0">
-        <v>57.06</v>
+        <v>69.37</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="D9" s="0">
-        <v>0.49</v>
+        <v>3.19</v>
       </c>
       <c r="E9" s="0">
-        <v>37.51</v>
+        <v>67.85</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="C10" s="0" t="s">
-        <v>7</v>
+        <v>30</v>
       </c>
       <c r="D10" s="0">
-        <v>0.49</v>
-[...2 lines deleted...]
-        <v>8</v>
+        <v>0.36</v>
+      </c>
+      <c r="E10" s="0">
+        <v>44.61</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>26</v>
+        <v>32</v>
       </c>
       <c r="C11" s="0" t="s">
-        <v>27</v>
+        <v>30</v>
       </c>
       <c r="D11" s="0">
-        <v>1.72</v>
+        <v>0.92</v>
       </c>
       <c r="E11" s="0">
-        <v>53.71</v>
+        <v>52.42</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>29</v>
+        <v>34</v>
       </c>
       <c r="C12" s="0" t="s">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D12" s="0">
-        <v>3.27</v>
+        <v>1.03</v>
       </c>
       <c r="E12" s="0">
-        <v>69.51</v>
+        <v>68.81</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>32</v>
+        <v>37</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D13" s="0">
-        <v>2.45</v>
+        <v>0.2</v>
       </c>
       <c r="E13" s="0">
-        <v>71.5</v>
+        <v>92.91</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="D14" s="0">
-        <v>1.05</v>
+        <v>0.39</v>
       </c>
       <c r="E14" s="0">
-        <v>40.56</v>
+        <v>16.65</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="B15" s="0" t="s">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="C15" s="0" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="D15" s="0">
-        <v>2.38</v>
+        <v>0.38</v>
       </c>
       <c r="E15" s="0">
-        <v>97.06</v>
+        <v>7.53</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D16" s="0">
-        <v>1.04</v>
+        <v>1.24</v>
       </c>
       <c r="E16" s="0">
-        <v>44.14</v>
+        <v>56.29</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>45</v>
+        <v>38</v>
       </c>
       <c r="D17" s="0">
-        <v>1</v>
+        <v>0.36</v>
       </c>
       <c r="E17" s="0">
-        <v>28.57</v>
+        <v>12.26</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>48</v>
+        <v>38</v>
       </c>
       <c r="D18" s="0">
-        <v>0.91</v>
+        <v>0.65</v>
       </c>
       <c r="E18" s="0">
-        <v>29.23</v>
+        <v>82.92</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>49</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>50</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="D19" s="0">
-        <v>2.39</v>
+        <v>0.62</v>
       </c>
       <c r="E19" s="0">
-        <v>80.41</v>
+        <v>47.74</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="B20" s="0" t="s">
         <v>52</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C20" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D20" s="0">
-        <v>0.92</v>
+        <v>0.67</v>
       </c>
       <c r="E20" s="0">
-        <v>80.85</v>
+        <v>33.25</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D21" s="0">
-        <v>0.97</v>
+        <v>0.1</v>
       </c>
       <c r="E21" s="0">
-        <v>84.3</v>
+        <v>7.94</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D22" s="0">
-        <v>0.93</v>
+        <v>0.12</v>
       </c>
       <c r="E22" s="0">
-        <v>75.29</v>
+        <v>11.08</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D23" s="0">
-        <v>0.32</v>
+        <v>3.2</v>
       </c>
       <c r="E23" s="0">
-        <v>58.85</v>
+        <v>63.94</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="C24" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D24" s="0">
+        <v>0.41</v>
+      </c>
+      <c r="E24" s="0" t="s">
         <v>61</v>
-      </c>
-[...10 lines deleted...]
-        <v>71.35</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>62</v>
+      </c>
+      <c r="B25" s="0" t="s">
         <v>63</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C25" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D25" s="0">
-        <v>0.38</v>
+        <v>0.78</v>
       </c>
       <c r="E25" s="0">
-        <v>32.25</v>
+        <v>74.41</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>65</v>
       </c>
-      <c r="B26" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C26" s="0" t="s">
-        <v>54</v>
+        <v>38</v>
       </c>
       <c r="D26" s="0">
-        <v>0.4</v>
+        <v>0.69</v>
       </c>
       <c r="E26" s="0">
-        <v>20.25</v>
+        <v>48.49</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>67</v>
       </c>
-      <c r="B27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C27" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D27" s="0">
-        <v>0.69</v>
+        <v>0.34</v>
       </c>
       <c r="E27" s="0">
-        <v>81.75</v>
+        <v>43.17</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D28" s="0">
-        <v>0.31</v>
+        <v>2.79</v>
       </c>
       <c r="E28" s="0">
-        <v>17.56</v>
+        <v>34.85</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>72</v>
+        <v>70</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D29" s="0">
-        <v>0.42</v>
+        <v>0.45</v>
       </c>
       <c r="E29" s="0">
-        <v>82.03</v>
+        <v>42.61</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D30" s="0">
-        <v>0.62</v>
+        <v>0.7</v>
       </c>
       <c r="E30" s="0">
-        <v>82.78</v>
+        <v>82.66</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D31" s="0">
-        <v>0.77</v>
+        <v>0.54</v>
       </c>
       <c r="E31" s="0">
-        <v>38.5</v>
+        <v>94.57</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D32" s="0">
-        <v>1.21</v>
+        <v>0.19</v>
       </c>
       <c r="E32" s="0">
-        <v>50.42</v>
+        <v>23.65</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>81</v>
+        <v>79</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D33" s="0">
-        <v>1.57</v>
+        <v>0.81</v>
       </c>
       <c r="E33" s="0">
-        <v>33.47</v>
+        <v>64.58</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D34" s="0">
-        <v>1.2</v>
+        <v>0.39</v>
       </c>
       <c r="E34" s="0">
-        <v>40</v>
+        <v>90.99</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D35" s="0">
-        <v>0.4</v>
+        <v>0.2</v>
       </c>
       <c r="E35" s="0">
-        <v>89.09</v>
+        <v>26.82</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D36" s="0">
-        <v>0.54</v>
+        <v>0.25</v>
       </c>
       <c r="E36" s="0">
-        <v>67.42</v>
+        <v>47.19</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D37" s="0">
-        <v>0.51</v>
+        <v>0.25</v>
       </c>
       <c r="E37" s="0">
-        <v>41.94</v>
+        <v>49.34</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D38" s="0">
-        <v>0.42</v>
+        <v>0.35</v>
       </c>
       <c r="E38" s="0">
-        <v>5.23</v>
+        <v>87.08</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D39" s="0">
-        <v>0.61</v>
+        <v>2.15</v>
       </c>
       <c r="E39" s="0">
-        <v>89.71</v>
+        <v>63.3</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D40" s="0">
-        <v>0.94</v>
+        <v>0.4</v>
       </c>
       <c r="E40" s="0">
-        <v>90.4</v>
+        <v>24.06</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>69</v>
+        <v>38</v>
       </c>
       <c r="D41" s="0">
-        <v>0.2</v>
+        <v>0.27</v>
       </c>
       <c r="E41" s="0">
-        <v>55.56</v>
+        <v>23.39</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="D42" s="0">
-        <v>2.08</v>
-[...2 lines deleted...]
-        <v>74.94</v>
+        <v>0.38</v>
+      </c>
+      <c r="E42" s="0" t="s">
+        <v>61</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>103</v>
+        <v>38</v>
       </c>
       <c r="D43" s="0">
-        <v>3.7</v>
+        <v>4.52</v>
       </c>
       <c r="E43" s="0">
-        <v>75.57</v>
+        <v>56.54</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>104</v>
+        <v>100</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>105</v>
+        <v>101</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>106</v>
+        <v>38</v>
       </c>
       <c r="D44" s="0">
-        <v>0.36</v>
+        <v>1.77</v>
       </c>
       <c r="E44" s="0">
-        <v>87.58</v>
+        <v>55.48</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>107</v>
+        <v>102</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>108</v>
+        <v>103</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>109</v>
+        <v>38</v>
       </c>
       <c r="D45" s="0">
-        <v>0.99</v>
+        <v>0.96</v>
       </c>
       <c r="E45" s="0">
-        <v>33.07</v>
+        <v>82.79</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>110</v>
+        <v>104</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>111</v>
+        <v>105</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>112</v>
+        <v>38</v>
       </c>
       <c r="D46" s="0">
-        <v>0.94</v>
+        <v>0.48</v>
       </c>
       <c r="E46" s="0">
-        <v>62.97</v>
+        <v>37.04</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>113</v>
+        <v>106</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>115</v>
+        <v>38</v>
       </c>
       <c r="D47" s="0">
-        <v>5.64</v>
+        <v>0.29</v>
       </c>
       <c r="E47" s="0">
-        <v>32.03</v>
+        <v>53.91</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
+        <v>108</v>
+      </c>
+      <c r="B48" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="C48" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D48" s="0">
+        <v>0.41</v>
+      </c>
+      <c r="E48" s="0">
+        <v>17.46</v>
+      </c>
+    </row>
+    <row r="49">
+      <c r="A49" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B49" s="0" t="s">
+        <v>111</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D49" s="0">
+        <v>0.78</v>
+      </c>
+      <c r="E49" s="0">
+        <v>90.85</v>
+      </c>
+    </row>
+    <row r="50">
+      <c r="A50" s="0" t="s">
+        <v>112</v>
+      </c>
+      <c r="B50" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D50" s="0">
+        <v>1.29</v>
+      </c>
+      <c r="E50" s="0">
+        <v>99.67</v>
+      </c>
+    </row>
+    <row r="51">
+      <c r="A51" s="0" t="s">
+        <v>114</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>115</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D51" s="0">
+        <v>0.34</v>
+      </c>
+      <c r="E51" s="0">
+        <v>28.74</v>
+      </c>
+    </row>
+    <row r="52">
+      <c r="A52" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="B48" s="0" t="s">
+      <c r="B52" s="0" t="s">
         <v>117</v>
       </c>
-      <c r="C48" s="0" t="s">
+      <c r="C52" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D52" s="0">
+        <v>0.52</v>
+      </c>
+      <c r="E52" s="0">
+        <v>93.89</v>
+      </c>
+    </row>
+    <row r="53">
+      <c r="A53" s="0" t="s">
         <v>118</v>
       </c>
-      <c r="D48" s="0">
-[...3 lines deleted...]
-        <v>22.75</v>
+      <c r="B53" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D53" s="0">
+        <v>0.43</v>
+      </c>
+      <c r="E53" s="0">
+        <v>79.45</v>
+      </c>
+    </row>
+    <row r="54">
+      <c r="A54" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="B54" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="C54" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D54" s="0">
+        <v>0.23</v>
+      </c>
+      <c r="E54" s="0">
+        <v>10.58</v>
+      </c>
+    </row>
+    <row r="55">
+      <c r="A55" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="B55" s="0" t="s">
+        <v>123</v>
+      </c>
+      <c r="C55" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D55" s="0">
+        <v>0.38</v>
+      </c>
+      <c r="E55" s="0">
+        <v>19.2</v>
+      </c>
+    </row>
+    <row r="56">
+      <c r="A56" s="0" t="s">
+        <v>124</v>
+      </c>
+      <c r="B56" s="0" t="s">
+        <v>125</v>
+      </c>
+      <c r="C56" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D56" s="0">
+        <v>1.31</v>
+      </c>
+      <c r="E56" s="0">
+        <v>92.28</v>
+      </c>
+    </row>
+    <row r="57">
+      <c r="A57" s="0" t="s">
+        <v>126</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="C57" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D57" s="0">
+        <v>0.55</v>
+      </c>
+      <c r="E57" s="0">
+        <v>41.24</v>
+      </c>
+    </row>
+    <row r="58">
+      <c r="A58" s="0" t="s">
+        <v>128</v>
+      </c>
+      <c r="B58" s="0" t="s">
+        <v>129</v>
+      </c>
+      <c r="C58" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D58" s="0">
+        <v>0.97</v>
+      </c>
+      <c r="E58" s="0">
+        <v>84.83</v>
+      </c>
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
+        <v>130</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>131</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D59" s="0">
+        <v>0.2</v>
+      </c>
+      <c r="E59" s="0">
+        <v>64.5</v>
+      </c>
+    </row>
+    <row r="60">
+      <c r="A60" s="0" t="s">
+        <v>132</v>
+      </c>
+      <c r="B60" s="0" t="s">
+        <v>133</v>
+      </c>
+      <c r="C60" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D60" s="0">
+        <v>0.13</v>
+      </c>
+      <c r="E60" s="0">
+        <v>0.39</v>
+      </c>
+    </row>
+    <row r="61">
+      <c r="A61" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="B61" s="0" t="s">
+        <v>135</v>
+      </c>
+      <c r="C61" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D61" s="0">
+        <v>0.31</v>
+      </c>
+      <c r="E61" s="0">
+        <v>35.82</v>
+      </c>
+    </row>
+    <row r="62">
+      <c r="A62" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B62" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C62" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D62" s="0">
+        <v>0.98</v>
+      </c>
+      <c r="E62" s="0">
+        <v>79.58</v>
+      </c>
+    </row>
+    <row r="63">
+      <c r="A63" s="0" t="s">
+        <v>138</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="D63" s="0">
+        <v>0.45</v>
+      </c>
+      <c r="E63" s="0">
+        <v>71.41</v>
+      </c>
+    </row>
+    <row r="64">
+      <c r="A64" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B64" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="C64" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D64" s="0">
+        <v>0.69</v>
+      </c>
+      <c r="E64" s="0">
+        <v>81.76</v>
+      </c>
+    </row>
+    <row r="65">
+      <c r="A65" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="B65" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="C65" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D65" s="0">
+        <v>0.62</v>
+      </c>
+      <c r="E65" s="0">
+        <v>82.83</v>
+      </c>
+    </row>
+    <row r="66">
+      <c r="A66" s="0" t="s">
+        <v>145</v>
+      </c>
+      <c r="B66" s="0" t="s">
+        <v>146</v>
+      </c>
+      <c r="C66" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D66" s="0">
+        <v>0.77</v>
+      </c>
+      <c r="E66" s="0">
+        <v>38.55</v>
+      </c>
+    </row>
+    <row r="67">
+      <c r="A67" s="0" t="s">
+        <v>147</v>
+      </c>
+      <c r="B67" s="0" t="s">
+        <v>148</v>
+      </c>
+      <c r="C67" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D67" s="0">
+        <v>0.54</v>
+      </c>
+      <c r="E67" s="0">
+        <v>67.43</v>
+      </c>
+    </row>
+    <row r="68">
+      <c r="A68" s="0" t="s">
+        <v>149</v>
+      </c>
+      <c r="B68" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="C68" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D68" s="0">
+        <v>0.4</v>
+      </c>
+      <c r="E68" s="0">
+        <v>89.13</v>
+      </c>
+    </row>
+    <row r="69">
+      <c r="A69" s="0" t="s">
+        <v>151</v>
+      </c>
+      <c r="B69" s="0" t="s">
+        <v>152</v>
+      </c>
+      <c r="C69" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D69" s="0">
+        <v>1.2</v>
+      </c>
+      <c r="E69" s="0">
+        <v>40.04</v>
+      </c>
+    </row>
+    <row r="70">
+      <c r="A70" s="0" t="s">
+        <v>153</v>
+      </c>
+      <c r="B70" s="0" t="s">
+        <v>154</v>
+      </c>
+      <c r="C70" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D70" s="0">
+        <v>1.57</v>
+      </c>
+      <c r="E70" s="0">
+        <v>33.51</v>
+      </c>
+    </row>
+    <row r="71">
+      <c r="A71" s="0" t="s">
+        <v>155</v>
+      </c>
+      <c r="B71" s="0" t="s">
+        <v>156</v>
+      </c>
+      <c r="C71" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D71" s="0">
+        <v>1.21</v>
+      </c>
+      <c r="E71" s="0">
+        <v>50.46</v>
+      </c>
+    </row>
+    <row r="72">
+      <c r="A72" s="0" t="s">
+        <v>157</v>
+      </c>
+      <c r="B72" s="0" t="s">
+        <v>158</v>
+      </c>
+      <c r="C72" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D72" s="0">
+        <v>0.42</v>
+      </c>
+      <c r="E72" s="0">
+        <v>82.09</v>
+      </c>
+    </row>
+    <row r="73">
+      <c r="A73" s="0" t="s">
+        <v>159</v>
+      </c>
+      <c r="B73" s="0" t="s">
+        <v>160</v>
+      </c>
+      <c r="C73" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D73" s="0">
+        <v>0.51</v>
+      </c>
+      <c r="E73" s="0">
+        <v>41.99</v>
+      </c>
+    </row>
+    <row r="74">
+      <c r="A74" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B74" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C74" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D74" s="0">
+        <v>0.42</v>
+      </c>
+      <c r="E74" s="0">
+        <v>5.23</v>
+      </c>
+    </row>
+    <row r="75">
+      <c r="A75" s="0" t="s">
+        <v>163</v>
+      </c>
+      <c r="B75" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="C75" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D75" s="0">
+        <v>0.2</v>
+      </c>
+      <c r="E75" s="0">
+        <v>55.61</v>
+      </c>
+    </row>
+    <row r="76">
+      <c r="A76" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="B76" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="C76" s="0" t="s">
+        <v>142</v>
+      </c>
+      <c r="D76" s="0">
+        <v>0.94</v>
+      </c>
+      <c r="E76" s="0">
+        <v>90.45</v>
       </c>
     </row>
   </sheetData>
   <headerFooter/>
 </worksheet>
 </file>